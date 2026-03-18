--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -54,375 +54,375 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>7400</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EA</t>
   </si>
   <si>
     <t>Emenda Aglutinativa</t>
   </si>
   <si>
     <t>Alberto Donato Gutierrez de Paula</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7400/emenda_aglutinativa_001.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7400/emenda_aglutinativa_001.pdf</t>
   </si>
   <si>
     <t>Promover o desenvolvimento sustentável, a geração de renda e a valorização da identidade cultural do município por meio do fomento ao artesanato local e a preservação das manifestações culturais indígenas, estimulando a inclusão produtiva, o turismo cultural e a transmissão de saberes_x000D_
 tradicionais.</t>
   </si>
   <si>
     <t>7401</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7401/emenda_aglutinativa_002.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7401/emenda_aglutinativa_002.pdf</t>
   </si>
   <si>
     <t>Apoiar, fomentar e ampliar eventos culturais e religiosos tradicionais, visando o fortalecimento do turismo cultural, manutenção das tradições e valorização da identidade local.</t>
   </si>
   <si>
     <t>7402</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7402/emenda_aglutinativa_003.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7402/emenda_aglutinativa_003.pdf</t>
   </si>
   <si>
     <t>Implantar políticas de proteção, monitoramento, prevenção de violência e fortalecimento da segurança nas unidades escolares.</t>
   </si>
   <si>
     <t>7403</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_aglutinativa_004.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_aglutinativa_004.pdf</t>
   </si>
   <si>
     <t>Fortalecer a segurança no Hospital Municipal por meio de vigilância, controle de acesso, monitoramento e proteção dos usuários e servidores.</t>
   </si>
   <si>
     <t>7404</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7404/emenda_aglutinativa_005.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7404/emenda_aglutinativa_005.pdf</t>
   </si>
   <si>
     <t>Desenvolver ações de promoção, prevenção, acompanhamento médico, psicológico e ocupacional destinadas aos servidores e trabalhadores_x000D_
 municipais.</t>
   </si>
   <si>
     <t>7405</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7405/emenda_aglutinativa_006.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7405/emenda_aglutinativa_006.pdf</t>
   </si>
   <si>
     <t>Estimular o emplacamento de veículos novos e a regularização de Veículos usados no Município, promovendo o aumento da arrecadação do_x000D_
 IPVA e da frota local regular.</t>
   </si>
   <si>
     <t>7406</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7406/emenda_aglutinativa_007.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7406/emenda_aglutinativa_007.pdf</t>
   </si>
   <si>
     <t>Promover ações integradas de prevenção à violência, monitoramento urbano e presença comunitária, fortalecendo a segurança e a bem-estar dos moradores dos bairros da área urbana e rural.</t>
   </si>
   <si>
     <t>7407</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7407/emenda_aglutinativa_008.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7407/emenda_aglutinativa_008.pdf</t>
   </si>
   <si>
     <t>Promover a conscientização, capacitação e formação cidadã para motoristas, ciclistas, pedestres e estudantes, reduzindo acidentes, fortalecendo a mobilidade urbana segura e incentivando boas práticas no trânsito.</t>
   </si>
   <si>
     <t>7408</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7408/emenda_aglutinativa_009.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7408/emenda_aglutinativa_009.pdf</t>
   </si>
   <si>
     <t>Fornecer auxílio financeiro em forma de materiais de construção para famílias em situação de vulnerabilidade socioeconômica, visando apoiar_x000D_
 reformas básicas, pequenas ampliações e melhorias habitacionais essenciais.</t>
   </si>
   <si>
     <t>7409</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7409/emenda_aglutinativa_010.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7409/emenda_aglutinativa_010.pdf</t>
   </si>
   <si>
     <t>Estruturar e desenvolver ações continuas de separação, coleta, triagem e reciclagem de materiais recicláveis no município.</t>
   </si>
   <si>
     <t>7410</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7410/emenda_aglutinativa_011.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7410/emenda_aglutinativa_011.pdf</t>
   </si>
   <si>
     <t>Implantar e manter ações permanentes de recolhimento e destinação de pneus usados, evitando descarte irregular.</t>
   </si>
   <si>
     <t>7411</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7411/emenda_aglutinativa_012.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7411/emenda_aglutinativa_012.pdf</t>
   </si>
   <si>
     <t>Garantir suporte ao deslocamento de pacientes que necessitam de médicos especialistas não disponíveis no SUS local, possibilitando consultas e tratamento com médicos especialista e promovendo acesso integral a saúde.</t>
   </si>
   <si>
     <t>7412</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7412/emenda_aglutinativa_013.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7412/emenda_aglutinativa_013.pdf</t>
   </si>
   <si>
     <t>Construção e Recuperação de Bueiros em Pequenas Propriedades Rurais.</t>
   </si>
   <si>
     <t>7413</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7413/emenda_aglutinativa_014.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7413/emenda_aglutinativa_014.pdf</t>
   </si>
   <si>
     <t>Ampliar e qualificar a oferta de atendimentos de fisioterapia, por meio do reforço de equipe, extensão de horários, aquisição de materiais e melhoria dos condições estruturais, assegurando reabilitação efetiva aos usuários do SUS.</t>
   </si>
   <si>
     <t>7414</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7414/emenda_aglutinativa_015.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7414/emenda_aglutinativa_015.pdf</t>
   </si>
   <si>
     <t>Realizar ações contínuas de manutenção, monitoramento, regularização ambiental, controle de resíduos e melhorias estruturais no aterro sanitário, garantindo eficiência na gestão dos resíduos, proteção ambiental e atendimento às legislações vigentes.</t>
   </si>
   <si>
     <t>7415</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7415/emenda_aglutinativa_016.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7415/emenda_aglutinativa_016.pdf</t>
   </si>
   <si>
     <t>Reduzir e eliminar a fila de espera para exames laboratoriais e exames de diagnóstico por imagem, ampliando a oferta e garantindo acesso_x000D_
 rápido aos pacientes do SUS.</t>
   </si>
   <si>
     <t>7416</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7416/emenda_aglutinativa_017.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7416/emenda_aglutinativa_017.pdf</t>
   </si>
   <si>
     <t>Reduzir e eliminar a fila de espera para consultas com médicos especialistas, garantindo acesso rápido, humanizado e eficiente aos usuários do_x000D_
 SUS.</t>
   </si>
   <si>
     <t>7417</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7417/emenda_aglutinativa_018.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7417/emenda_aglutinativa_018.pdf</t>
   </si>
   <si>
     <t>Fortalecer a atuação da cooperativa de catadores/recicladores por meio de apoio operacional, estrutural e logístico, promovendo a coleta seletiva, inclusão produtiva e redução de resíduos destinados ao aterro.</t>
   </si>
   <si>
     <t>7418</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7418/emenda_aglutinativa_019.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7418/emenda_aglutinativa_019.pdf</t>
   </si>
   <si>
     <t>Promover o fortalecimento institucional e operacional das associações comunitárias, rurais e urbanas, apoiando iniciativas sociais, culturais, educacionais e de desenvolvimento comunitário.</t>
   </si>
   <si>
     <t>7419</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7419/emenda_aglutinativa_020.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7419/emenda_aglutinativa_020.pdf</t>
   </si>
   <si>
     <t>Promover atendimento intersetorial, multiprofissional e integral as pessoas com TEA e suas famílias.</t>
   </si>
   <si>
     <t>7420</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7420/emenda_aglutinativa_021.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7420/emenda_aglutinativa_021.pdf</t>
   </si>
   <si>
     <t>Garantir o controle populacional, acolhimento, atendimento veterinário e manejo humanizado de animais domésticos e de grande porte._x000D_
 Ações e valores:</t>
   </si>
   <si>
     <t>7421</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7421/emenda_aglutinativa_022.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7421/emenda_aglutinativa_022.pdf</t>
   </si>
   <si>
     <t>Conceder auxilio financeiro para subsidiar o transporte de estudantes universitários e de cursos técnicos que realizam deslocamento diário ou regular_x000D_
 para instituições de ensino superior em outros municípios.</t>
   </si>
   <si>
     <t>7422</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7422/emenda_aglutinativa_023.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7422/emenda_aglutinativa_023.pdf</t>
   </si>
   <si>
     <t>Implantar e ampliar trechos do sistema de drenagem pluvial urbana, prevenindo alagamentos, preservando vias públicas e garantindo segurança a_x000D_
 população.</t>
   </si>
   <si>
     <t>7423</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7423/emenda_aglutinativa_024.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7423/emenda_aglutinativa_024.pdf</t>
   </si>
   <si>
     <t>Ampliar e qualificar a mobilidade urbana por meio da construção e padronização de calcadas, priorizando acessibilidade, segurança e inclusão_x000D_
 social.</t>
   </si>
   <si>
     <t>7424</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7424/emenda_aglutinativa_025.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7424/emenda_aglutinativa_025.pdf</t>
   </si>
   <si>
     <t>Criar mecanismo financeiro municipal destinado a fomentar obras e investimentos em infraestrutura urbana, mobilidade, habitação, drenagem,_x000D_
 pavimentação e melhorias públicas.</t>
   </si>
   <si>
     <t>7425</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7425/emenda_aglutinativa_026.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7425/emenda_aglutinativa_026.pdf</t>
   </si>
   <si>
     <t>Estimular a regularização da identificação predial da zona urbana, possibilitando assim a entrega de correspondências e mercadorias em seu_x000D_
 endereço, com confecção, instalação e ressarcimento de placas de identificação predial.</t>
   </si>
   <si>
     <t>7426</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7426/emenda_aglutinativa_027.pdf</t>
+    <t>http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7426/emenda_aglutinativa_027.pdf</t>
   </si>
   <si>
     <t>Estimular o emplacamento de veículos novos e a regularização de veículos usados no Município, promovendo o aumento da arrecadação do lPVA e da frota local regular.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -729,67 +729,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7400/emenda_aglutinativa_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7401/emenda_aglutinativa_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7402/emenda_aglutinativa_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_aglutinativa_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7404/emenda_aglutinativa_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7405/emenda_aglutinativa_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7406/emenda_aglutinativa_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7407/emenda_aglutinativa_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7408/emenda_aglutinativa_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7409/emenda_aglutinativa_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7410/emenda_aglutinativa_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7411/emenda_aglutinativa_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7412/emenda_aglutinativa_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7413/emenda_aglutinativa_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7414/emenda_aglutinativa_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7415/emenda_aglutinativa_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7416/emenda_aglutinativa_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7417/emenda_aglutinativa_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7418/emenda_aglutinativa_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7419/emenda_aglutinativa_020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7420/emenda_aglutinativa_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7421/emenda_aglutinativa_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7422/emenda_aglutinativa_023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7423/emenda_aglutinativa_024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7424/emenda_aglutinativa_025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7425/emenda_aglutinativa_026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7426/emenda_aglutinativa_027.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7400/emenda_aglutinativa_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7401/emenda_aglutinativa_002.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7402/emenda_aglutinativa_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7403/emenda_aglutinativa_004.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7404/emenda_aglutinativa_005.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7405/emenda_aglutinativa_006.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7406/emenda_aglutinativa_007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7407/emenda_aglutinativa_008.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7408/emenda_aglutinativa_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7409/emenda_aglutinativa_010.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7410/emenda_aglutinativa_011.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7411/emenda_aglutinativa_012.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7412/emenda_aglutinativa_013.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7413/emenda_aglutinativa_014.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7414/emenda_aglutinativa_015.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7415/emenda_aglutinativa_016.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7416/emenda_aglutinativa_017.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7417/emenda_aglutinativa_018.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7418/emenda_aglutinativa_019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7419/emenda_aglutinativa_020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7420/emenda_aglutinativa_021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7421/emenda_aglutinativa_022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7422/emenda_aglutinativa_023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7423/emenda_aglutinativa_024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7424/emenda_aglutinativa_025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7425/emenda_aglutinativa_026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.lagoadaconfusao.to.leg.br/media/sapl/public/materialegislativa/2025/7426/emenda_aglutinativa_027.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="31.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="105.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="104.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>